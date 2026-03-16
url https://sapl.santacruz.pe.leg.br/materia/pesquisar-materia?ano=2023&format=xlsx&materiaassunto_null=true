--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -51,189 +51,189 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_decreto_legislativo_que_da_titulo_de_cidadao.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_decreto_legislativo_que_da_titulo_de_cidadao.pdf</t>
   </si>
   <si>
     <t>Decreto Legislativo nº 001/2023 de 12 de abril de 2023</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/1/portaria_no_016.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/1/portaria_no_016.pdf</t>
   </si>
   <si>
     <t>EXONERAR LUCILANE MARIA MATIAS</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/</t>
   </si>
   <si>
     <t>EXONERAR ANA RAYLA SOARES DA SILVA</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portarias</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/3/portaria_no_001_-_nomecao_da_tesoureira.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/3/portaria_no_001_-_nomecao_da_tesoureira.pdf</t>
   </si>
   <si>
     <t>Portaria nº 001 - nomeção da Tesoureira</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/4/portaria_002.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/4/portaria_002.pdf</t>
   </si>
   <si>
     <t>Nomear LUCIANE MARIA MATIAS NUNES DOS SANTOS  PARA CARGO EM COMISSÃO TÉCNICO DO CONTROLE INTERNO</t>
   </si>
   <si>
     <t>NOMEAR JANICLEIA ALENCAR DA SILVA PARA CARGO DE CHEFE DE GABINETE</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/8/portaria_cpl_2023.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/8/portaria_cpl_2023.pdf</t>
   </si>
   <si>
     <t>Portaria 04/2023</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/6/portaria_no_005_de_02_de_janeiro_de_2023_-_conceder_ferias.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/6/portaria_no_005_de_02_de_janeiro_de_2023_-_conceder_ferias.pdf</t>
   </si>
   <si>
     <t>Portaria nº 005 de 02 de janeiro de 2023 - Conceder Férias</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/7/portaria_no_006_-_nomeia__os_membros_das_comissoes.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/7/portaria_no_006_-_nomeia__os_membros_das_comissoes.pdf</t>
   </si>
   <si>
     <t>Portaria nº 006 - Nomeia  os membros das comissões</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/9/portaria_pregoeiro_2023.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/9/portaria_pregoeiro_2023.pdf</t>
   </si>
   <si>
     <t>Portaria 07/2023</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Portaria 08</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/11/portaria_009.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/11/portaria_009.pdf</t>
   </si>
   <si>
     <t>009</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/12/portaria_010.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/12/portaria_010.pdf</t>
   </si>
   <si>
     <t>Portaria 010</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/13/portaria_011.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/13/portaria_011.pdf</t>
   </si>
   <si>
     <t>Portaria nº 11 de 2023</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/14/portaria_012.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/14/portaria_012.pdf</t>
   </si>
   <si>
     <t>Portaria nº 12 de 2023</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/15/portaria_013.pdf</t>
+    <t>http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/15/portaria_013.pdf</t>
   </si>
   <si>
     <t>Portaria nº 13 de 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -540,68 +540,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_decreto_legislativo_que_da_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/1/portaria_no_016.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/3/portaria_no_001_-_nomecao_da_tesoureira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/4/portaria_002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/8/portaria_cpl_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/6/portaria_no_005_de_02_de_janeiro_de_2023_-_conceder_ferias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/7/portaria_no_006_-_nomeia__os_membros_das_comissoes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/9/portaria_pregoeiro_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/11/portaria_009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/12/portaria_010.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/13/portaria_011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/14/portaria_012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/15/portaria_013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_decreto_legislativo_que_da_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/1/portaria_no_016.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/3/portaria_no_001_-_nomecao_da_tesoureira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/4/portaria_002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/8/portaria_cpl_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/6/portaria_no_005_de_02_de_janeiro_de_2023_-_conceder_ferias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/7/portaria_no_006_-_nomeia__os_membros_das_comissoes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/9/portaria_pregoeiro_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/11/portaria_009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/12/portaria_010.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/13/portaria_011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/14/portaria_012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruz.pe.leg.br/media/sapl/public/materialegislativa/2023/15/portaria_013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="103.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>